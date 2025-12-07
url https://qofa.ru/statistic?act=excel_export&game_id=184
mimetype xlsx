--- v0 (2025-10-16)
+++ v1 (2025-12-07)
@@ -196,678 +196,678 @@
           <t>Статус</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <t>Karamelko</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>30.12.2022 / 22:30:05</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>0:00:31</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
-          <t>1020d 6:29:47</t>
+          <t>1072d 15:30:57</t>
         </is>
       </c>
       <c r="F2" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
         <v>2</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>Илья</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>06.06.2024 / 20:48:05</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>0:00:46</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
-          <t>496d 8:11:47</t>
+          <t>548d 17:12:57</t>
         </is>
       </c>
       <c r="F3" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>3</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Veronika</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>26.08.2023 / 05:55:25</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>0:00:48</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
-          <t>781d 23:04:27</t>
+          <t>834d 8:05:37</t>
         </is>
       </c>
       <c r="F4" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>4</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Михаил</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>03.02.2024 / 12:43:29</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>0:01:05</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
-          <t>620d 16:16:23</t>
+          <t>673d 1:17:33</t>
         </is>
       </c>
       <c r="F5" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>5</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>JULIA</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>20.12.2023 / 20:20:36</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>0:01:12</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
-          <t>665d 8:39:16</t>
+          <t>717d 17:40:26</t>
         </is>
       </c>
       <c r="F6" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
         <v>6</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Окрошка</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>01.01.2023 / 02:39:40</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>0:01:12</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
-          <t>1019d 2:20:12</t>
+          <t>1071d 11:21:22</t>
         </is>
       </c>
       <c r="F7" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
         <v>7</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <t>Вер Мишель</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>03.02.2024 / 13:03:36</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>0:01:17</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
-          <t>620d 15:56:16</t>
+          <t>673d 0:57:26</t>
         </is>
       </c>
       <c r="F8" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
         <v>8</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>велзович павел</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>03.01.2023 / 17:30:45</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>0:01:55</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
-          <t>1016d 11:29:07</t>
+          <t>1068d 20:30:17</t>
         </is>
       </c>
       <c r="F9" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
         <v>9</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
           <t>Чистяков Вадим</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>30.12.2022 / 22:14:13</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>0:00:00</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
-          <t>1020d 6:45:39</t>
+          <t>1072d 15:46:49</t>
         </is>
       </c>
       <c r="F10" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>Не в игре, В процессе</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
         <v>10</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Дарина</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>31.12.2022 / 00:09:10</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>0:00:00</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
-          <t>1020d 4:50:42</t>
+          <t>1072d 13:51:52</t>
         </is>
       </c>
       <c r="F11" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>Не в игре, В процессе</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
         <v>11</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
           <t>Биттер Мариам</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>31.12.2022 / 00:08:34</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>0:00:00</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
-          <t>1020d 4:51:18</t>
+          <t>1072d 13:52:28</t>
         </is>
       </c>
       <c r="F12" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>Не в игре, В процессе</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
         <v>12</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>Матевосян Эрик</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>03.01.2023 / 17:29:08</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>0:01:34</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
-          <t>1016d 11:30:44</t>
+          <t>1068d 20:31:54</t>
         </is>
       </c>
       <c r="F13" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
         <v>13</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
           <t>Пингвин Кофа</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>20.05.2024 / 08:05:14</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>0:01:41</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
-          <t>513d 20:54:38</t>
+          <t>566d 5:55:48</t>
         </is>
       </c>
       <c r="F14" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
         <v>14</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
           <t>Name Noon</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>30.12.2022 / 22:45:27</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>0:00:00</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
-          <t>1020d 6:14:25</t>
+          <t>1072d 15:15:35</t>
         </is>
       </c>
       <c r="F15" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>В игре, В процессе</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
         <v>15</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <t>Мария</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>30.12.2022 / 22:45:55</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>0:00:00</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
-          <t>1020d 6:13:57</t>
+          <t>1072d 15:15:07</t>
         </is>
       </c>
       <c r="F16" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>Не в игре, В процессе</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
         <v>16</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
           <t>Ангелина</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>25.11.2023 / 15:52:16</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>0:00:49</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
-          <t>690d 13:07:36</t>
+          <t>742d 22:08:46</t>
         </is>
       </c>
       <c r="F17" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>Не в игре, В процессе</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
         <v>17</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
           <t>Кепка</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>30.12.2022 / 22:03:40</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>0:00:00</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
-          <t>1020d 6:56:12</t>
+          <t>1072d 15:57:22</t>
         </is>
       </c>
       <c r="F18" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>Не в игре, В процессе</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
         <v>18</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
           <t>karamush</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>28.01.2024 / 00:34:43</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>0:00:13</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
-          <t>627d 4:25:09</t>
+          <t>679d 13:26:19</t>
         </is>
       </c>
       <c r="F19" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
         <v>19</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
           <t>ksusha</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>08.11.2024 / 13:15:07</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>0:00:07</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
-          <t>341d 15:44:45</t>
+          <t>394d 0:45:55</t>
         </is>
       </c>
       <c r="F20" s="1" t="n">
         <v>20</v>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>Не в игре, В процессе</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
         <v>20</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
           <t>Мистер Робот</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>23.01.2024 / 01:39:10</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>0:00:08</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
-          <t>632d 3:20:42</t>
+          <t>684d 12:21:52</t>
         </is>
       </c>
       <c r="F21" s="1" t="n">
         <v>10</v>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>Не в игре, В процессе</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>