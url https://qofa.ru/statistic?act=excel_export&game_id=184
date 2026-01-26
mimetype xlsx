--- v1 (2025-12-07)
+++ v2 (2026-01-26)
@@ -196,678 +196,678 @@
           <t>Статус</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <t>Karamelko</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>30.12.2022 / 22:30:05</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>0:00:31</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
-          <t>1072d 15:30:57</t>
+          <t>1122d 16:39:20</t>
         </is>
       </c>
       <c r="F2" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
         <v>2</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>Илья</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>06.06.2024 / 20:48:05</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>0:00:46</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
-          <t>548d 17:12:57</t>
+          <t>598d 18:21:20</t>
         </is>
       </c>
       <c r="F3" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>3</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Veronika</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>26.08.2023 / 05:55:25</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>0:00:48</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
-          <t>834d 8:05:37</t>
+          <t>884d 9:14:00</t>
         </is>
       </c>
       <c r="F4" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>4</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Михаил</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>03.02.2024 / 12:43:29</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>0:01:05</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
-          <t>673d 1:17:33</t>
+          <t>723d 2:25:56</t>
         </is>
       </c>
       <c r="F5" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>5</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>JULIA</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>20.12.2023 / 20:20:36</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>0:01:12</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
-          <t>717d 17:40:26</t>
+          <t>767d 18:48:49</t>
         </is>
       </c>
       <c r="F6" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
         <v>6</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Окрошка</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>01.01.2023 / 02:39:40</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>0:01:12</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
-          <t>1071d 11:21:22</t>
+          <t>1121d 12:29:45</t>
         </is>
       </c>
       <c r="F7" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
         <v>7</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <t>Вер Мишель</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>03.02.2024 / 13:03:36</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>0:01:17</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
-          <t>673d 0:57:26</t>
+          <t>723d 2:05:49</t>
         </is>
       </c>
       <c r="F8" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
         <v>8</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>велзович павел</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>03.01.2023 / 17:30:45</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>0:01:55</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
-          <t>1068d 20:30:17</t>
+          <t>1118d 21:38:40</t>
         </is>
       </c>
       <c r="F9" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
         <v>9</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
           <t>Чистяков Вадим</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>30.12.2022 / 22:14:13</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>0:00:00</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
-          <t>1072d 15:46:49</t>
+          <t>1122d 16:55:12</t>
         </is>
       </c>
       <c r="F10" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>Не в игре, В процессе</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
         <v>10</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Дарина</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>31.12.2022 / 00:09:10</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>0:00:00</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
-          <t>1072d 13:51:52</t>
+          <t>1122d 15:00:15</t>
         </is>
       </c>
       <c r="F11" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>Не в игре, В процессе</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
         <v>11</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
           <t>Биттер Мариам</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>31.12.2022 / 00:08:34</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>0:00:00</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
-          <t>1072d 13:52:28</t>
+          <t>1122d 15:00:51</t>
         </is>
       </c>
       <c r="F12" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>Не в игре, В процессе</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
         <v>12</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>Матевосян Эрик</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>03.01.2023 / 17:29:08</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>0:01:34</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
-          <t>1068d 20:31:54</t>
+          <t>1118d 21:40:17</t>
         </is>
       </c>
       <c r="F13" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
         <v>13</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
           <t>Пингвин Кофа</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>20.05.2024 / 08:05:14</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>0:01:41</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
-          <t>566d 5:55:48</t>
+          <t>616d 7:04:11</t>
         </is>
       </c>
       <c r="F14" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
         <v>14</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
           <t>Name Noon</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>30.12.2022 / 22:45:27</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>0:00:00</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
-          <t>1072d 15:15:35</t>
+          <t>1122d 16:23:58</t>
         </is>
       </c>
       <c r="F15" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>В игре, В процессе</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
         <v>15</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <t>Мария</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>30.12.2022 / 22:45:55</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>0:00:00</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
-          <t>1072d 15:15:07</t>
+          <t>1122d 16:23:30</t>
         </is>
       </c>
       <c r="F16" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>Не в игре, В процессе</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
         <v>16</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
           <t>Ангелина</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>25.11.2023 / 15:52:16</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>0:00:49</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
-          <t>742d 22:08:46</t>
+          <t>792d 23:17:09</t>
         </is>
       </c>
       <c r="F17" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>Не в игре, В процессе</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
         <v>17</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
           <t>Кепка</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>30.12.2022 / 22:03:40</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>0:00:00</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
-          <t>1072d 15:57:22</t>
+          <t>1122d 17:05:45</t>
         </is>
       </c>
       <c r="F18" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>Не в игре, В процессе</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
         <v>18</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
           <t>karamush</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>28.01.2024 / 00:34:43</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>0:00:13</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
-          <t>679d 13:26:19</t>
+          <t>729d 14:34:42</t>
         </is>
       </c>
       <c r="F19" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
         <v>19</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
           <t>ksusha</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>08.11.2024 / 13:15:07</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>0:00:07</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
-          <t>394d 0:45:55</t>
+          <t>444d 1:54:18</t>
         </is>
       </c>
       <c r="F20" s="1" t="n">
         <v>20</v>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>Не в игре, В процессе</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
         <v>20</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
           <t>Мистер Робот</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>23.01.2024 / 01:39:10</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>0:00:08</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
-          <t>684d 12:21:52</t>
+          <t>734d 13:30:15</t>
         </is>
       </c>
       <c r="F21" s="1" t="n">
         <v>10</v>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>Не в игре, В процессе</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>