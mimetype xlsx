--- v2 (2026-01-26)
+++ v3 (2026-03-13)
@@ -196,678 +196,678 @@
           <t>Статус</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="n">
         <v>1</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
           <t>Karamelko</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
           <t>30.12.2022 / 22:30:05</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
           <t>0:00:31</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
-          <t>1122d 16:39:20</t>
+          <t>1168d 9:21:31</t>
         </is>
       </c>
       <c r="F2" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="n">
         <v>2</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>Илья</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
           <t>06.06.2024 / 20:48:05</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
           <t>0:00:46</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
-          <t>598d 18:21:20</t>
+          <t>644d 11:03:31</t>
         </is>
       </c>
       <c r="F3" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="n">
         <v>3</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>Veronika</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
           <t>26.08.2023 / 05:55:25</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
           <t>0:00:48</t>
         </is>
       </c>
       <c r="E4" s="2" t="inlineStr">
         <is>
-          <t>884d 9:14:00</t>
+          <t>930d 1:56:11</t>
         </is>
       </c>
       <c r="F4" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="n">
         <v>4</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Михаил</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
           <t>03.02.2024 / 12:43:29</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
           <t>0:01:05</t>
         </is>
       </c>
       <c r="E5" s="2" t="inlineStr">
         <is>
-          <t>723d 2:25:56</t>
+          <t>768d 19:08:07</t>
         </is>
       </c>
       <c r="F5" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="n">
         <v>5</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
           <t>JULIA</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>20.12.2023 / 20:20:36</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
           <t>0:01:12</t>
         </is>
       </c>
       <c r="E6" s="2" t="inlineStr">
         <is>
-          <t>767d 18:48:49</t>
+          <t>813d 11:31:00</t>
         </is>
       </c>
       <c r="F6" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="n">
         <v>6</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Окрошка</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
           <t>01.01.2023 / 02:39:40</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
           <t>0:01:12</t>
         </is>
       </c>
       <c r="E7" s="2" t="inlineStr">
         <is>
-          <t>1121d 12:29:45</t>
+          <t>1167d 5:11:56</t>
         </is>
       </c>
       <c r="F7" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="n">
         <v>7</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <t>Вер Мишель</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
           <t>03.02.2024 / 13:03:36</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
           <t>0:01:17</t>
         </is>
       </c>
       <c r="E8" s="2" t="inlineStr">
         <is>
-          <t>723d 2:05:49</t>
+          <t>768d 18:48:00</t>
         </is>
       </c>
       <c r="F8" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="n">
         <v>8</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>велзович павел</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
           <t>03.01.2023 / 17:30:45</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
           <t>0:01:55</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
-          <t>1118d 21:38:40</t>
+          <t>1164d 14:20:51</t>
         </is>
       </c>
       <c r="F9" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="n">
         <v>9</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
           <t>Чистяков Вадим</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
           <t>30.12.2022 / 22:14:13</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
           <t>0:00:00</t>
         </is>
       </c>
       <c r="E10" s="2" t="inlineStr">
         <is>
-          <t>1122d 16:55:12</t>
+          <t>1168d 9:37:23</t>
         </is>
       </c>
       <c r="F10" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
           <t>Не в игре, В процессе</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="n">
         <v>10</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Дарина</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
           <t>31.12.2022 / 00:09:10</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
           <t>0:00:00</t>
         </is>
       </c>
       <c r="E11" s="2" t="inlineStr">
         <is>
-          <t>1122d 15:00:15</t>
+          <t>1168d 7:42:26</t>
         </is>
       </c>
       <c r="F11" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
           <t>Не в игре, В процессе</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="n">
         <v>11</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
           <t>Биттер Мариам</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
           <t>31.12.2022 / 00:08:34</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
           <t>0:00:00</t>
         </is>
       </c>
       <c r="E12" s="2" t="inlineStr">
         <is>
-          <t>1122d 15:00:51</t>
+          <t>1168d 7:43:02</t>
         </is>
       </c>
       <c r="F12" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
           <t>Не в игре, В процессе</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="n">
         <v>12</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>Матевосян Эрик</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
           <t>03.01.2023 / 17:29:08</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
           <t>0:01:34</t>
         </is>
       </c>
       <c r="E13" s="2" t="inlineStr">
         <is>
-          <t>1118d 21:40:17</t>
+          <t>1164d 14:22:28</t>
         </is>
       </c>
       <c r="F13" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="n">
         <v>13</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
           <t>Пингвин Кофа</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
           <t>20.05.2024 / 08:05:14</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
           <t>0:01:41</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
-          <t>616d 7:04:11</t>
+          <t>661d 23:46:22</t>
         </is>
       </c>
       <c r="F14" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="n">
         <v>14</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
           <t>Name Noon</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
           <t>30.12.2022 / 22:45:27</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
           <t>0:00:00</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr">
         <is>
-          <t>1122d 16:23:58</t>
+          <t>1168d 9:06:09</t>
         </is>
       </c>
       <c r="F15" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
           <t>В игре, В процессе</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="n">
         <v>15</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
           <t>Мария</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
           <t>30.12.2022 / 22:45:55</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
           <t>0:00:00</t>
         </is>
       </c>
       <c r="E16" s="2" t="inlineStr">
         <is>
-          <t>1122d 16:23:30</t>
+          <t>1168d 9:05:41</t>
         </is>
       </c>
       <c r="F16" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
           <t>Не в игре, В процессе</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="n">
         <v>16</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
           <t>Ангелина</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
           <t>25.11.2023 / 15:52:16</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
           <t>0:00:49</t>
         </is>
       </c>
       <c r="E17" s="2" t="inlineStr">
         <is>
-          <t>792d 23:17:09</t>
+          <t>838d 15:59:20</t>
         </is>
       </c>
       <c r="F17" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
           <t>Не в игре, В процессе</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="n">
         <v>17</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
           <t>Кепка</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
           <t>30.12.2022 / 22:03:40</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
           <t>0:00:00</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
-          <t>1122d 17:05:45</t>
+          <t>1168d 9:47:56</t>
         </is>
       </c>
       <c r="F18" s="1" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
           <t>Не в игре, В процессе</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="n">
         <v>18</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
           <t>karamush</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
           <t>28.01.2024 / 00:34:43</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
           <t>0:00:13</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
-          <t>729d 14:34:42</t>
+          <t>775d 7:16:53</t>
         </is>
       </c>
       <c r="F19" s="1" t="n">
         <v>100</v>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
           <t>Не в игре, Завершено</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="n">
         <v>19</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
           <t>ksusha</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
           <t>08.11.2024 / 13:15:07</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
           <t>0:00:07</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
-          <t>444d 1:54:18</t>
+          <t>489d 18:36:29</t>
         </is>
       </c>
       <c r="F20" s="1" t="n">
         <v>20</v>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
           <t>Не в игре, В процессе</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="n">
         <v>20</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
           <t>Мистер Робот</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
           <t>23.01.2024 / 01:39:10</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
           <t>0:00:08</t>
         </is>
       </c>
       <c r="E21" s="2" t="inlineStr">
         <is>
-          <t>734d 13:30:15</t>
+          <t>780d 6:12:26</t>
         </is>
       </c>
       <c r="F21" s="1" t="n">
         <v>10</v>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
           <t>Не в игре, В процессе</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>